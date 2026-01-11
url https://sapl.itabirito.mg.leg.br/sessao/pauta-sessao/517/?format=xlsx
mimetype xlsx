--- v0 (2025-10-09)
+++ v1 (2026-01-11)
@@ -150,51 +150,51 @@
   <si>
     <t>Projeto de Lei Substitutivo nº 396 de 2025</t>
   </si>
   <si>
     <t>"Institui o Programa "Itabirito Cidade Inteligente", destinado à implementação de políticas públicas voltadas à inovação tecnológica, sustentabilidade, saúde digital e melhoria da qualidade de vida da população e dá outras providências".</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 399 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual de Ação Governamental para o Quadriênio 2026 - 2029.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 400 de 2025</t>
   </si>
   <si>
     <t>Márcio Juninho</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.168, de 2024, que denomina a "Rua das Lontras", localizada no Bairro Água Limpa, passando a ser denominada "Rua Raimunda Costa Pereira".</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 401 de 2025</t>
   </si>
   <si>
-    <t>Institui o Programa Municipal de Educação e Vigilância "Anti-queimadas"  (PEVA) e dá outras providências.</t>
+    <t>Institui o Programa Municipal de Educação e Vigilância "Antiqueimadas" (PEVA) e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 402 de 2025</t>
   </si>
   <si>
     <t>Altera a denominação da entidade declarada de Utilidade Pública pela Lei nº 2.800, de 2011 e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 404 de 2025</t>
   </si>
   <si>
     <t>Institui o Selo Verde "Estrada Limpa" para reconhecimento de práticas sustentáveis de controle de poeira em estradas e áreas rurais e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 405 de 2025</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Supressão da Poeira em Estradas Rurais mediante utilização de produtos biodegradáveis e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Substitutivo nº 406 de 2025</t>
   </si>
   <si>
     <t>Manoel da Autoescola</t>
   </si>