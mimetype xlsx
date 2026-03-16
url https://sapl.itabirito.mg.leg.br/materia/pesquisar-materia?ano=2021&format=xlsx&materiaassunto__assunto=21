--- v0 (2025-12-15)
+++ v1 (2026-03-16)
@@ -54,129 +54,129 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>6974</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Igor Júnior - (Nego Liso)</t>
   </si>
   <si>
-    <t>https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2021/6974/projeto_de_lei_116_2021_-_igor.pdf</t>
+    <t>http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2021/6974/projeto_de_lei_116_2021_-_igor.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as sanções a serem cominadas nos casos de violação à ordem de imunização pela vacina da Covid-19 e em surtos epidemiológicos no âmbito do Município de Itabirito, e dá outras providências</t>
   </si>
   <si>
     <t>7206</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>Daniel Sudano</t>
   </si>
   <si>
-    <t>https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2021/7206/projeto_de_lei_136_2021.pdf</t>
+    <t>http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2021/7206/projeto_de_lei_136_2021.pdf</t>
   </si>
   <si>
     <t>Denomina como Lenir Gomes de Moura Silva, o Posto de Saúde localizado na BR 040, KM 588, no distrito de Ribeirão do Eixo, neste município.</t>
   </si>
   <si>
     <t>7305</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>Danilo Grilo</t>
   </si>
   <si>
-    <t>https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2021/7305/projeto_de_lei_145_2021.pdf</t>
+    <t>http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2021/7305/projeto_de_lei_145_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o atendimento preferencial às pessoas pessoas comprovadamente diagnosticadas  com dor crônica, em locais que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>7307</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>Léo do Social</t>
   </si>
   <si>
-    <t>https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2021/7307/projeto_de_lei_147_2021.pdf</t>
+    <t>http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2021/7307/projeto_de_lei_147_2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a obrigatoriedade de divulgação da existência de tratamento gratuito para dependentes de tabaco."</t>
   </si>
   <si>
     <t>7615</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>Max Fortes, Paulinho</t>
   </si>
   <si>
-    <t>https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2021/7615/pl_173-2021_-_max_e_paulo.pdf</t>
+    <t>http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2021/7615/pl_173-2021_-_max_e_paulo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a divulgação dos Direitos da pessoa com Neoplasia Maligna (Câncer).</t>
   </si>
   <si>
     <t>7786</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>Dr. Edson</t>
   </si>
   <si>
-    <t>https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2021/7786/pl_183-2021_-_edson.pdf</t>
-[...2 lines deleted...]
-    <t>Ratifica o Protocolo de Intenções firmado entre  o Município de Itabirito e a Sociedade Beneficente São Camilo - Hospital São Vicente de Paula, com a finalidade de viabilizar a construção da estrutura necessária à implantação de 10 (dez) leitos em Unidade de Tratamento Intensiva (UTI), bem como equipar o estabelecimento e mantê-lo em funcionamento no Município de Itabirito/MG.</t>
+    <t>http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2021/7786/pl_183-2021_-_edson.pdf</t>
+  </si>
+  <si>
+    <t>Institui como área do conhecimento a ser introduzido no contra turno das escolas municipais de educação integrada o conteúdo de direito por meio do programa "Direito na Escola".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -480,68 +480,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2021/6974/projeto_de_lei_116_2021_-_igor.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2021/7206/projeto_de_lei_136_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2021/7305/projeto_de_lei_145_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2021/7307/projeto_de_lei_147_2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2021/7615/pl_173-2021_-_max_e_paulo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2021/7786/pl_183-2021_-_edson.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2021/6974/projeto_de_lei_116_2021_-_igor.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2021/7206/projeto_de_lei_136_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2021/7305/projeto_de_lei_145_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2021/7307/projeto_de_lei_147_2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2021/7615/pl_173-2021_-_max_e_paulo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2021/7786/pl_183-2021_-_edson.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="104.42578125" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="103.5703125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="182.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">