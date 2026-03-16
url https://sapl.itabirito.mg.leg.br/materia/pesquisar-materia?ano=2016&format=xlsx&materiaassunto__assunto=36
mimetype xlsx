--- v0 (2025-12-14)
+++ v1 (2026-03-16)
@@ -54,231 +54,231 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>7987</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Ceará</t>
   </si>
   <si>
-    <t>https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7987/projeto_de_resolucao_03_2016.pdf</t>
+    <t>http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7987/projeto_de_resolucao_03_2016.pdf</t>
   </si>
   <si>
     <t>Concede o Diploma de Honra ao Mérito ao Padre Marcelo das Graças Pereira.</t>
   </si>
   <si>
     <t>7988</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Gilmar Alfenas (Gilmar Capoeira)</t>
   </si>
   <si>
-    <t>https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7988/projeto_de_resolucao_04_2016.pdf</t>
+    <t>http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7988/projeto_de_resolucao_04_2016.pdf</t>
   </si>
   <si>
     <t>Concede o Diploma de Honra ao Mérito ao Sr. Edson Ferreira Lima.</t>
   </si>
   <si>
     <t>7989</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Rildo Xavier de Morais (Rildox)</t>
   </si>
   <si>
-    <t>https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7989/projeto_de_resolucao_05_2016.pdf</t>
+    <t>http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7989/projeto_de_resolucao_05_2016.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário ao Deputado Federal Reginaldo Lázaro de Oliveira Lopes.</t>
   </si>
   <si>
     <t>7990</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Arnaldo Pereira</t>
   </si>
   <si>
-    <t>https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7990/projeto_de_resolucao_06_2016.pdf</t>
+    <t>http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7990/projeto_de_resolucao_06_2016.pdf</t>
   </si>
   <si>
     <t>Concede Homenagem Especial à Sra. Neli Aparecida Faria Pedro.</t>
   </si>
   <si>
     <t>7991</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Léo do Social</t>
   </si>
   <si>
-    <t>https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7991/projeto_de_resolucao_07_2016.pdf</t>
+    <t>http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7991/projeto_de_resolucao_07_2016.pdf</t>
   </si>
   <si>
     <t>Concede o Diploma de Mérito Educacional à Sra. Maria das Mercês Marques Braga.</t>
   </si>
   <si>
     <t>7992</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Davi Mió-que-tem</t>
   </si>
   <si>
-    <t>https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7992/projeto_de_resolucao_08_2016.pdf</t>
+    <t>http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7992/projeto_de_resolucao_08_2016.pdf</t>
   </si>
   <si>
     <t>Concede o Diploma de Mérito Educacional à Sra. Flávia Maria Silva e Souza.</t>
   </si>
   <si>
     <t>7993</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Fernando Bolotinha</t>
   </si>
   <si>
-    <t>https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7993/projeto_resolucao_09_2016.pdf</t>
+    <t>http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7993/projeto_resolucao_09_2016.pdf</t>
   </si>
   <si>
     <t>Concede o Diploma de Mérito Comercial ao Varejão Vale Verde.</t>
   </si>
   <si>
     <t>7994</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Max Fortes</t>
   </si>
   <si>
-    <t>https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7994/projeto_de_resolucao_10_2016.pdf</t>
+    <t>http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7994/projeto_de_resolucao_10_2016.pdf</t>
   </si>
   <si>
     <t>Concede a Medalha Francisco Homem Dei Rey à Sra. Maria Luiza Maia Oliveira.</t>
   </si>
   <si>
     <t>7995</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Rocha do PT</t>
   </si>
   <si>
-    <t>https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7995/projeto_de_resolucao_11_2016.pdf</t>
+    <t>http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7995/projeto_de_resolucao_11_2016.pdf</t>
   </si>
   <si>
     <t>Concede o Diploma de Mérito Empresarial ao Sr. Manoel Alves Braga.</t>
   </si>
   <si>
     <t>7996</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Ricardo Francisco de Paula Alves Cruz</t>
   </si>
   <si>
-    <t>https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7996/projeto_de_resolucao_12_2016.pdf</t>
+    <t>http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7996/projeto_de_resolucao_12_2016.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário à Sra. Georgette Saina Rahme.</t>
   </si>
   <si>
     <t>7997</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Toninho da Associação</t>
   </si>
   <si>
-    <t>https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7997/projeto_de_resolucao_13_2016.pdf</t>
+    <t>http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7997/projeto_de_resolucao_13_2016.pdf</t>
   </si>
   <si>
     <t>Concede o Diploma de Mérito Comercial ao Varejão Mercearia Santa Rita.</t>
   </si>
   <si>
     <t>7998</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Rose da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7998/projeto_de_resolucao_14_2016.pdf</t>
+    <t>http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7998/projeto_de_resolucao_14_2016.pdf</t>
   </si>
   <si>
     <t>Concede a Medalha Ana Amélia à Sra. Maria José de Oliveira Camilo.</t>
   </si>
   <si>
     <t>7999</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Rodrigo do Porco</t>
   </si>
   <si>
-    <t>https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7999/projeto_de_resolucao_15_2016.pdf</t>
+    <t>http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7999/projeto_de_resolucao_15_2016.pdf</t>
   </si>
   <si>
     <t>Concede Homenagem Especial à Sra. Júlia de Jesus Pereira.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -585,67 +585,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7987/projeto_de_resolucao_03_2016.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7988/projeto_de_resolucao_04_2016.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7989/projeto_de_resolucao_05_2016.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7990/projeto_de_resolucao_06_2016.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7991/projeto_de_resolucao_07_2016.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7992/projeto_de_resolucao_08_2016.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7993/projeto_resolucao_09_2016.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7994/projeto_de_resolucao_10_2016.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7995/projeto_de_resolucao_11_2016.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7996/projeto_de_resolucao_12_2016.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7997/projeto_de_resolucao_13_2016.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7998/projeto_de_resolucao_14_2016.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7999/projeto_de_resolucao_15_2016.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7987/projeto_de_resolucao_03_2016.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7988/projeto_de_resolucao_04_2016.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7989/projeto_de_resolucao_05_2016.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7990/projeto_de_resolucao_06_2016.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7991/projeto_de_resolucao_07_2016.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7992/projeto_de_resolucao_08_2016.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7993/projeto_resolucao_09_2016.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7994/projeto_de_resolucao_10_2016.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7995/projeto_de_resolucao_11_2016.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7996/projeto_de_resolucao_12_2016.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7997/projeto_de_resolucao_13_2016.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7998/projeto_de_resolucao_14_2016.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/2016/7999/projeto_de_resolucao_15_2016.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="33.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="86.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>