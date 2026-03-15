--- v0 (2025-12-13)
+++ v1 (2026-03-15)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>10294</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Gastão Melillo</t>
   </si>
   <si>
-    <t>https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/1985/10294/projeto_de_lei_44_1985.pdf</t>
+    <t>http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/1985/10294/projeto_de_lei_44_1985.pdf</t>
   </si>
   <si>
     <t>Dispões sobre denominações de ruas nos bairros Agostinho Rodrigues, Bela Vista, Calçadas, Centro, Lourdes, Matozinhos, Munu, Santa Efigênia, Santa Rita, Santo Antônio, São Geraldo, São José, Vila Gonçalo, Vila Saudade, Rodovia dos Inconfidentes, Loteamento Estoril, Loteamento Estância Alpina, Distrito de Acuruí.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -405,68 +405,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/1985/10294/projeto_de_lei_44_1985.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabirito.mg.leg.br/media/sapl/public/materialegislativa/1985/10294/projeto_de_lei_44_1985.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="13.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="98.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="97.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>